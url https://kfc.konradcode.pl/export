--- v0 (2026-01-17)
+++ v1 (2026-03-18)
@@ -11,69 +11,69 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Grafik Tygodniowy" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="16">
   <si>
     <t>Pracownik</t>
   </si>
   <si>
-    <t>2026-01-20 (wt.)</t>
-[...17 lines deleted...]
-    <t>2026-01-26 (pon.)</t>
+    <t>2026-03-24 (wt.)</t>
+  </si>
+  <si>
+    <t>2026-03-25 (śr.)</t>
+  </si>
+  <si>
+    <t>2026-03-26 (czw.)</t>
+  </si>
+  <si>
+    <t>2026-03-27 (pt.)</t>
+  </si>
+  <si>
+    <t>2026-03-28 (sob.)</t>
+  </si>
+  <si>
+    <t>2026-03-29 (niedz.)</t>
+  </si>
+  <si>
+    <t>2026-03-30 (pon.)</t>
   </si>
   <si>
     <t>Suma Godzin</t>
   </si>
   <si>
     <t>Kamila</t>
   </si>
   <si>
     <t>OFF</t>
   </si>
   <si>
     <t>Konrad</t>
   </si>
   <si>
     <t>Maciej</t>
   </si>
   <si>
     <t>Mateusz</t>
   </si>
   <si>
     <t>Weronika</t>
   </si>
   <si>
     <t>Radek</t>
   </si>